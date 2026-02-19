--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ITD\DatuParvD\IevaKurme\statistiskie reģioni TVP\‪ievietošanai 022025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SSD\!ApmainasFaili\Urban_Audit\Portals_stat_regioni\2025_dati\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7D3229A0-EF89-4BBC-BE49-2FAFF4EE1351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{271CB422-FBC8-4A76-B05F-7EBDA5EC9BBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{192081EE-E108-4C23-8171-67FB34A0B100}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{192081EE-E108-4C23-8171-67FB34A0B100}"/>
   </bookViews>
   <sheets>
-    <sheet name="DEGURBA 2024" sheetId="2" r:id="rId1"/>
+    <sheet name="DEGURBA 2025" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DEGURBA 2024'!$A$1:$L$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DEGURBA 2025'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="93">
   <si>
     <t>Administratīvās teritorijas nosaukums</t>
@@ -312,54 +312,54 @@
   <si>
     <t>0048000</t>
   </si>
   <si>
     <t>0049000</t>
   </si>
   <si>
     <t>0051000</t>
   </si>
   <si>
     <t>0052000</t>
   </si>
   <si>
     <t>0053000</t>
   </si>
   <si>
     <t>0054000</t>
   </si>
   <si>
     <t>0055000</t>
   </si>
   <si>
     <t>0056000</t>
   </si>
   <si>
-    <t xml:space="preserve"> Urbanizācijas pakāpes (DEGURBA) tipoloģijas kods (01.01.2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>Administratīvās teritorijas kods ATVK 2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Urbanizācijas pakāpes (DEGURBA) tipoloģijas kods (01.01.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -367,113 +367,66 @@
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="6">
-    <dxf>
-[...43 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
@@ -507,75 +460,120 @@
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{8958EAC9-476A-4693-83AD-7A4968F98852}" name="Table3" displayName="Table3" ref="A1:D44" totalsRowShown="0" headerRowDxfId="0" dataDxfId="1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{8958EAC9-476A-4693-83AD-7A4968F98852}" name="Table3" displayName="Table3" ref="A1:D44" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4">
   <autoFilter ref="A1:D44" xr:uid="{8958EAC9-476A-4693-83AD-7A4968F98852}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{0DC6075D-D23F-41D0-A23F-84815B50A953}" name="Administratīvās teritorijas kods ATVK 2021" dataDxfId="5"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{33D4680A-CD10-40E2-A3D7-DB16ED7D0361}" name="Urbanizācijas pakāpe" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{0DC6075D-D23F-41D0-A23F-84815B50A953}" name="Administratīvās teritorijas kods ATVK 2021" dataDxfId="3"/>
+    <tableColumn id="2" xr3:uid="{3CB38117-E816-4C82-B9B1-6E9733CE1538}" name="Administratīvās teritorijas nosaukums" dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{DF179B5A-E98E-4D7B-9C53-7FD6BA8E0282}" name=" Urbanizācijas pakāpes (DEGURBA) tipoloģijas kods (01.01.2025)" dataDxfId="1"/>
+    <tableColumn id="4" xr3:uid="{33D4680A-CD10-40E2-A3D7-DB16ED7D0361}" name="Urbanizācijas pakāpe" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight13" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -841,698 +839,697 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{36C8CB80-634C-458F-8F07-CB26DD70E510}">
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="31.54296875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.7265625" style="1"/>
+    <col min="1" max="1" width="31.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="27" customWidth="1"/>
+    <col min="3" max="3" width="46.7109375" customWidth="1"/>
+    <col min="4" max="4" width="53" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:4" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B1" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A2" s="6" t="s">
+    <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="7">
+      <c r="C2" s="5">
         <v>1</v>
       </c>
-      <c r="D2" s="7" t="s">
+      <c r="D2" s="5" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A3" s="6" t="s">
+    <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="B3" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="7">
+      <c r="B3" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="5">
         <v>2</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="D3" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A4" s="6" t="s">
+    <row r="4" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="7">
+      <c r="C4" s="5">
         <v>2</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="6" t="s">
+    <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="B5" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="7">
+      <c r="C5" s="5">
         <v>2</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="D5" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="6" t="s">
+    <row r="6" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="7">
+      <c r="C6" s="5">
         <v>2</v>
       </c>
-      <c r="D6" s="7" t="s">
+      <c r="D6" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A7" s="6" t="s">
+    <row r="7" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C7" s="5">
         <v>2</v>
       </c>
-      <c r="D7" s="7" t="s">
+      <c r="D7" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A8" s="6" t="s">
+    <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="B8" s="7" t="s">
+      <c r="B8" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="7">
+      <c r="C8" s="5">
         <v>2</v>
       </c>
-      <c r="D8" s="7" t="s">
+      <c r="D8" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A9" s="6" t="s">
+    <row r="9" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="7" t="s">
+      <c r="B9" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="7">
-[...7 lines deleted...]
-      <c r="A10" s="6" t="s">
+      <c r="C9" s="5">
+        <v>3</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="7" t="s">
+      <c r="B10" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="7">
-[...7 lines deleted...]
-      <c r="A11" s="6" t="s">
+      <c r="C10" s="5">
+        <v>3</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="7" t="s">
+      <c r="B11" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="7">
-[...7 lines deleted...]
-      <c r="A12" s="6" t="s">
+      <c r="C11" s="5">
+        <v>3</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="7" t="s">
+      <c r="B12" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="7">
+      <c r="C12" s="5">
         <v>2</v>
       </c>
-      <c r="D12" s="7" t="s">
+      <c r="D12" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A13" s="6" t="s">
+    <row r="13" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="B13" s="7" t="s">
+      <c r="B13" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="7">
-[...7 lines deleted...]
-      <c r="A14" s="6" t="s">
+      <c r="C13" s="5">
+        <v>3</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="7" t="s">
+      <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="7">
-[...7 lines deleted...]
-      <c r="A15" s="6" t="s">
+      <c r="C14" s="5">
+        <v>3</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="B15" s="7" t="s">
+      <c r="B15" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="7">
-[...7 lines deleted...]
-      <c r="A16" s="6" t="s">
+      <c r="C15" s="5">
+        <v>3</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="7" t="s">
+      <c r="B16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="7">
-[...7 lines deleted...]
-      <c r="A17" s="6" t="s">
+      <c r="C16" s="5">
+        <v>3</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="7" t="s">
+      <c r="B17" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="7">
-[...7 lines deleted...]
-      <c r="A18" s="6" t="s">
+      <c r="C17" s="5">
+        <v>3</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="B18" s="7" t="s">
+      <c r="B18" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="7">
-[...7 lines deleted...]
-      <c r="A19" s="6" t="s">
+      <c r="C18" s="5">
+        <v>3</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="B19" s="7" t="s">
+      <c r="B19" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C19" s="7">
-[...7 lines deleted...]
-      <c r="A20" s="6" t="s">
+      <c r="C19" s="5">
+        <v>3</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="B20" s="7" t="s">
+      <c r="B20" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C20" s="5">
         <v>2</v>
       </c>
-      <c r="D20" s="7" t="s">
+      <c r="D20" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A21" s="6" t="s">
+    <row r="21" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="B21" s="7" t="s">
+      <c r="B21" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C21" s="7">
-[...7 lines deleted...]
-      <c r="A22" s="6" t="s">
+      <c r="C21" s="5">
+        <v>3</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="7" t="s">
+      <c r="B22" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C22" s="7">
-[...7 lines deleted...]
-      <c r="A23" s="6" t="s">
+      <c r="C22" s="5">
+        <v>3</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="B23" s="7" t="s">
+      <c r="B23" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="7">
+      <c r="C23" s="5">
         <v>2</v>
       </c>
-      <c r="D23" s="7" t="s">
+      <c r="D23" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A24" s="6" t="s">
+    <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="B24" s="7" t="s">
+      <c r="B24" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C24" s="7">
-[...7 lines deleted...]
-      <c r="A25" s="6" t="s">
+      <c r="C24" s="5">
+        <v>3</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="B25" s="7" t="s">
+      <c r="B25" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C25" s="7">
+      <c r="C25" s="5">
         <v>2</v>
       </c>
-      <c r="D25" s="7" t="s">
+      <c r="D25" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A26" s="6" t="s">
+    <row r="26" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="B26" s="7" t="s">
+      <c r="B26" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C26" s="7">
-[...7 lines deleted...]
-      <c r="A27" s="6" t="s">
+      <c r="C26" s="5">
+        <v>3</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="B27" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C27" s="7">
-[...7 lines deleted...]
-      <c r="A28" s="6" t="s">
+      <c r="C27" s="5">
+        <v>3</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="B28" s="7" t="s">
+      <c r="B28" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="C28" s="7">
+      <c r="C28" s="5">
         <v>2</v>
       </c>
-      <c r="D28" s="7" t="s">
+      <c r="D28" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A29" s="6" t="s">
+    <row r="29" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="B29" s="7" t="s">
+      <c r="B29" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C29" s="7">
+      <c r="C29" s="5">
         <v>2</v>
       </c>
-      <c r="D29" s="7" t="s">
+      <c r="D29" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A30" s="6" t="s">
+    <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="B30" s="7" t="s">
+      <c r="B30" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C30" s="7">
-[...7 lines deleted...]
-      <c r="A31" s="6" t="s">
+      <c r="C30" s="5">
+        <v>3</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="B31" s="7" t="s">
+      <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C31" s="7">
-[...7 lines deleted...]
-      <c r="A32" s="6" t="s">
+      <c r="C31" s="5">
+        <v>3</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="B32" s="7" t="s">
+      <c r="B32" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C32" s="7">
-[...7 lines deleted...]
-      <c r="A33" s="6" t="s">
+      <c r="C32" s="5">
+        <v>3</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="B33" s="7" t="s">
+      <c r="B33" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C33" s="7">
-[...7 lines deleted...]
-      <c r="A34" s="6" t="s">
+      <c r="C33" s="5">
+        <v>3</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="B34" s="7" t="s">
+      <c r="B34" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C34" s="7">
+      <c r="C34" s="5">
         <v>2</v>
       </c>
-      <c r="D34" s="7" t="s">
+      <c r="D34" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="35" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A35" s="6" t="s">
+    <row r="35" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="B35" s="7" t="s">
+      <c r="B35" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C35" s="7">
-[...7 lines deleted...]
-      <c r="A36" s="6" t="s">
+      <c r="C35" s="5">
+        <v>3</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="B36" s="7" t="s">
+      <c r="B36" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C36" s="7">
-[...7 lines deleted...]
-      <c r="A37" s="6" t="s">
+      <c r="C36" s="5">
+        <v>3</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="B37" s="7" t="s">
+      <c r="B37" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="C37" s="7">
-[...7 lines deleted...]
-      <c r="A38" s="6" t="s">
+      <c r="C37" s="5">
+        <v>3</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="B38" s="7" t="s">
+      <c r="B38" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C38" s="7">
-[...7 lines deleted...]
-      <c r="A39" s="6" t="s">
+      <c r="C38" s="5">
+        <v>3</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="B39" s="7" t="s">
+      <c r="B39" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C39" s="7">
-[...7 lines deleted...]
-      <c r="A40" s="6" t="s">
+      <c r="C39" s="5">
+        <v>3</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="B40" s="7" t="s">
+      <c r="B40" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C40" s="7">
-[...7 lines deleted...]
-      <c r="A41" s="6" t="s">
+      <c r="C40" s="5">
+        <v>3</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="B41" s="7" t="s">
+      <c r="B41" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C41" s="7">
-[...7 lines deleted...]
-      <c r="A42" s="6" t="s">
+      <c r="C41" s="5">
+        <v>3</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="7" t="s">
+      <c r="B42" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C42" s="7">
-[...7 lines deleted...]
-      <c r="A43" s="6" t="s">
+      <c r="C42" s="5">
+        <v>3</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="7" t="s">
+      <c r="B43" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="C43" s="7">
-[...7 lines deleted...]
-      <c r="A44" s="6" t="s">
+      <c r="C43" s="5">
+        <v>3</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="7" t="s">
+      <c r="B44" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C44" s="7">
-[...2 lines deleted...]
-      <c r="D44" s="7" t="s">
+      <c r="C44" s="5">
+        <v>3</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DEGURBA 2024</vt:lpstr>
+      <vt:lpstr>DEGURBA 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Central Statistical Bureau of Latvia</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Toms Zaltans</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>