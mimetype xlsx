--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ITD\DatuParvD\IevaKurme\statistiskie reģioni TVP\‪ievietošanai 022025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SSD\!ApmainasFaili\Urban_Audit\Portals_stat_regioni\2025_dati\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CE4B2A1-D4E9-4398-8584-A02979E8BFF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC12290A-EE46-4D1D-B624-91750D5EF635}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{596988AB-24B8-4F2E-B2A6-8763A83AFFCD}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{596988AB-24B8-4F2E-B2A6-8763A83AFFCD}"/>
   </bookViews>
   <sheets>
     <sheet name="Piekrastes teritorijas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Piekrastes teritorijas'!$A$1:$C$120</definedName>
   </definedNames>
   <calcPr calcId="171027"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="91">
   <si>
     <t>Administratīvās teritorijas nosaukums</t>
   </si>
   <si>
     <t>Daugavpils</t>
   </si>
   <si>
@@ -151,53 +151,50 @@
   <si>
     <t>Saulkrastu novads</t>
   </si>
   <si>
     <t>Siguldas novads</t>
   </si>
   <si>
     <t>Smiltenes novads</t>
   </si>
   <si>
     <t>Talsu novads</t>
   </si>
   <si>
     <t>Tukuma novads</t>
   </si>
   <si>
     <t>Valkas novads</t>
   </si>
   <si>
     <t>Varakļānu novads</t>
   </si>
   <si>
     <t>Ventspils novads</t>
   </si>
   <si>
-    <t>Dalījums atbilstoši Piekrastes teritoriju tipoloģijai</t>
-[...1 lines deleted...]
-  <si>
     <t>0001000</t>
   </si>
   <si>
     <t>0002000</t>
   </si>
   <si>
     <t>0003000</t>
   </si>
   <si>
     <t>0004000</t>
   </si>
   <si>
     <t>0005000</t>
   </si>
   <si>
     <t>0006000</t>
   </si>
   <si>
     <t>0007000</t>
   </si>
   <si>
     <t>0020000</t>
   </si>
   <si>
     <t>0021000</t>
@@ -300,50 +297,53 @@
   </si>
   <si>
     <t>0053000</t>
   </si>
   <si>
     <t>0054000</t>
   </si>
   <si>
     <t>Valmieras novads</t>
   </si>
   <si>
     <t>0055000</t>
   </si>
   <si>
     <t>0056000</t>
   </si>
   <si>
     <t>Piekrastes reģions</t>
   </si>
   <si>
     <t>Reģions, kas nav piekrastes reģions</t>
   </si>
   <si>
     <t>Administratīvās teritorijas kods
 ATVK_2021</t>
+  </si>
+  <si>
+    <t>Dalījums atbilstoši Piekrastes teritoriju tipoloģijai (01.01.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -358,83 +358,82 @@
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{A75EEBCE-F527-4DD5-AAA4-229132D7CCFC}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{E3DAD9E0-4613-452C-8DF0-83D5078CD6E1}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
@@ -502,51 +501,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D339C629-7B61-496C-9378-B0B38E7C42FB}" name="Table1" displayName="Table1" ref="A1:C120" totalsRowShown="0">
   <autoFilter ref="A1:C120" xr:uid="{C4A9E459-27B8-481F-A2DE-3AA0BA03A2C8}"/>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{E715B9DD-87FD-446F-AE0B-ABEFCB33A3BE}" name="Administratīvās teritorijas kods_x000a_ATVK_2021" dataDxfId="2" dataCellStyle="Normal 2"/>
     <tableColumn id="2" xr3:uid="{0EC3DA78-2619-49C9-B90D-DD723F6F2A53}" name="Administratīvās teritorijas nosaukums" dataDxfId="1" dataCellStyle="Normal 2"/>
-    <tableColumn id="3" xr3:uid="{90E23F64-9DA1-4C47-B9E4-3E3C276DD491}" name="Dalījums atbilstoši Piekrastes teritoriju tipoloģijai" dataDxfId="0"/>
+    <tableColumn id="3" xr3:uid="{90E23F64-9DA1-4C47-B9E4-3E3C276DD491}" name="Dalījums atbilstoši Piekrastes teritoriju tipoloģijai (01.01.2025)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -812,923 +811,922 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EAE5385-8FA2-4AFD-A513-399049B2F271}">
   <dimension ref="A1:C120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.36328125" style="8" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="8.7265625" style="8"/>
+    <col min="1" max="1" width="18.42578125" customWidth="1"/>
+    <col min="2" max="2" width="35.28515625" customWidth="1"/>
+    <col min="3" max="3" width="44.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="37.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A3" s="9" t="s">
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="B3" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A4" s="9" t="s">
+      <c r="B4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="B4" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A5" s="9" t="s">
+      <c r="B5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A6" s="9" t="s">
+      <c r="B6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="B6" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A7" s="9" t="s">
+      <c r="B7" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="B7" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A8" s="9" t="s">
+      <c r="B8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A9" s="9" t="s">
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="B9" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A10" s="9" t="s">
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="B11" t="s">
         <v>51</v>
       </c>
-      <c r="B11" s="8" t="s">
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C11" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="B12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="B12" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="B13" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="B13" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A14" s="9" t="s">
+      <c r="B14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="B14" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A15" s="9" t="s">
+      <c r="B15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="B15" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A16" s="9" t="s">
+      <c r="B16" t="s">
         <v>57</v>
       </c>
-      <c r="B16" s="8" t="s">
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="C16" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="9" t="s">
+      <c r="B17" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="B17" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A18" s="9" t="s">
+      <c r="B18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="B18" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="9" t="s">
+      <c r="B19" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="B19" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A20" s="9" t="s">
+      <c r="B20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="B20" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A21" s="9" t="s">
+      <c r="B21" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
         <v>63</v>
       </c>
-      <c r="B21" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A22" s="9" t="s">
+      <c r="B22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="B22" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A23" s="9" t="s">
+      <c r="B23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="B23" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A24" s="9" t="s">
+      <c r="B24" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="B24" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A25" s="9" t="s">
+      <c r="B25" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="B25" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="9" t="s">
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="8" t="s">
         <v>68</v>
       </c>
-      <c r="B26" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B27" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="B27" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="9" t="s">
+      <c r="B28" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="B28" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="9" t="s">
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="B29" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="9" t="s">
+      <c r="B30" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="B30" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="9" t="s">
+      <c r="B31" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="B31" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="9" t="s">
+      <c r="B32" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
         <v>74</v>
       </c>
-      <c r="B32" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="9" t="s">
+      <c r="B33" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="B33" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="9" t="s">
+      <c r="B34" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="B34" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A35" s="9" t="s">
+      <c r="B35" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="B35" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="9" t="s">
+      <c r="B36" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="B36" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="9" t="s">
+      <c r="B37" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
         <v>79</v>
       </c>
-      <c r="B37" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="9" t="s">
+      <c r="B38" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="9" t="s">
+      <c r="B39" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="9" t="s">
+      <c r="B40" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
         <v>82</v>
       </c>
-      <c r="B40" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="9" t="s">
+      <c r="B41" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="B41" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="2" t="s">
+      <c r="B42" t="s">
         <v>84</v>
       </c>
-      <c r="B42" s="8" t="s">
+      <c r="C42" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="C42" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="9" t="s">
+      <c r="B43" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" s="8" t="s">
         <v>86</v>
       </c>
-      <c r="B43" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="9" t="s">
+      <c r="B44" t="s">
+        <v>40</v>
+      </c>
+      <c r="C44" t="s">
         <v>87</v>
       </c>
-      <c r="B44" s="8" t="s">
-[...8 lines deleted...]
-      <c r="B45" s="11"/>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" s="9"/>
+      <c r="B45" s="10"/>
       <c r="C45" s="3"/>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B46" s="11"/>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="9"/>
+      <c r="B46" s="10"/>
       <c r="C46" s="3"/>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B47" s="11"/>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A47" s="9"/>
+      <c r="B47" s="10"/>
       <c r="C47" s="3"/>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B48" s="11"/>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" s="9"/>
+      <c r="B48" s="10"/>
       <c r="C48" s="3"/>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B49" s="11"/>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="9"/>
+      <c r="B49" s="10"/>
       <c r="C49" s="3"/>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B50" s="11"/>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="9"/>
+      <c r="B50" s="10"/>
       <c r="C50" s="3"/>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B51" s="13"/>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="11"/>
+      <c r="B51" s="12"/>
       <c r="C51" s="3"/>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B52" s="13"/>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="11"/>
+      <c r="B52" s="12"/>
       <c r="C52" s="3"/>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B53" s="11"/>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="9"/>
+      <c r="B53" s="10"/>
       <c r="C53" s="3"/>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B54" s="11"/>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="9"/>
+      <c r="B54" s="10"/>
       <c r="C54" s="3"/>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B55" s="11"/>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="9"/>
+      <c r="B55" s="10"/>
       <c r="C55" s="3"/>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B56" s="11"/>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="9"/>
+      <c r="B56" s="10"/>
       <c r="C56" s="3"/>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B57" s="13"/>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="11"/>
+      <c r="B57" s="12"/>
       <c r="C57" s="3"/>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B58" s="11"/>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="9"/>
+      <c r="B58" s="10"/>
       <c r="C58" s="3"/>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B59" s="11"/>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="9"/>
+      <c r="B59" s="10"/>
       <c r="C59" s="3"/>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B60" s="11"/>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="9"/>
+      <c r="B60" s="10"/>
       <c r="C60" s="3"/>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B61" s="13"/>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="11"/>
+      <c r="B61" s="12"/>
       <c r="C61" s="3"/>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B62" s="11"/>
+    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A62" s="9"/>
+      <c r="B62" s="10"/>
       <c r="C62" s="3"/>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B63" s="11"/>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A63" s="9"/>
+      <c r="B63" s="10"/>
       <c r="C63" s="3"/>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B64" s="11"/>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A64" s="9"/>
+      <c r="B64" s="10"/>
       <c r="C64" s="3"/>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B65" s="11"/>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A65" s="9"/>
+      <c r="B65" s="10"/>
       <c r="C65" s="3"/>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B66" s="13"/>
+    <row r="66" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A66" s="11"/>
+      <c r="B66" s="12"/>
       <c r="C66" s="3"/>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B67" s="11"/>
+    <row r="67" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A67" s="9"/>
+      <c r="B67" s="10"/>
       <c r="C67" s="3"/>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B68" s="11"/>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A68" s="9"/>
+      <c r="B68" s="10"/>
       <c r="C68" s="3"/>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B69" s="11"/>
+    <row r="69" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A69" s="9"/>
+      <c r="B69" s="10"/>
       <c r="C69" s="3"/>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B70" s="11"/>
+    <row r="70" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A70" s="9"/>
+      <c r="B70" s="10"/>
       <c r="C70" s="3"/>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B71" s="11"/>
+    <row r="71" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A71" s="9"/>
+      <c r="B71" s="10"/>
       <c r="C71" s="3"/>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B72" s="11"/>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A72" s="9"/>
+      <c r="B72" s="10"/>
       <c r="C72" s="3"/>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A73" s="4"/>
       <c r="B73" s="5"/>
       <c r="C73" s="3"/>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B74" s="11"/>
+    <row r="74" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A74" s="9"/>
+      <c r="B74" s="10"/>
       <c r="C74" s="3"/>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B75" s="11"/>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A75" s="9"/>
+      <c r="B75" s="10"/>
       <c r="C75" s="3"/>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B76" s="11"/>
+    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A76" s="9"/>
+      <c r="B76" s="10"/>
       <c r="C76" s="3"/>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B77" s="13"/>
+    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A77" s="11"/>
+      <c r="B77" s="12"/>
       <c r="C77" s="3"/>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B78" s="11"/>
+    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A78" s="9"/>
+      <c r="B78" s="10"/>
       <c r="C78" s="3"/>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B79" s="11"/>
+    <row r="79" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A79" s="9"/>
+      <c r="B79" s="10"/>
       <c r="C79" s="3"/>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B80" s="11"/>
+    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A80" s="9"/>
+      <c r="B80" s="10"/>
       <c r="C80" s="3"/>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B81" s="11"/>
+    <row r="81" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A81" s="9"/>
+      <c r="B81" s="10"/>
       <c r="C81" s="3"/>
     </row>
-    <row r="82" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B82" s="11"/>
+    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A82" s="9"/>
+      <c r="B82" s="10"/>
       <c r="C82" s="3"/>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B83" s="13"/>
+    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A83" s="11"/>
+      <c r="B83" s="12"/>
       <c r="C83" s="3"/>
     </row>
-    <row r="84" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B84" s="11"/>
+    <row r="84" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A84" s="9"/>
+      <c r="B84" s="10"/>
       <c r="C84" s="3"/>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B85" s="11"/>
+    <row r="85" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A85" s="9"/>
+      <c r="B85" s="10"/>
       <c r="C85" s="3"/>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B86" s="11"/>
+    <row r="86" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A86" s="9"/>
+      <c r="B86" s="10"/>
       <c r="C86" s="3"/>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B87" s="13"/>
+    <row r="87" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A87" s="11"/>
+      <c r="B87" s="12"/>
       <c r="C87" s="3"/>
     </row>
-    <row r="88" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B88" s="11"/>
+    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A88" s="9"/>
+      <c r="B88" s="10"/>
       <c r="C88" s="3"/>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B89" s="11"/>
+    <row r="89" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A89" s="9"/>
+      <c r="B89" s="10"/>
       <c r="C89" s="3"/>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B90" s="11"/>
+    <row r="90" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A90" s="9"/>
+      <c r="B90" s="10"/>
       <c r="C90" s="3"/>
     </row>
-    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B91" s="11"/>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A91" s="9"/>
+      <c r="B91" s="10"/>
       <c r="C91" s="3"/>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B92" s="11"/>
+    <row r="92" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A92" s="9"/>
+      <c r="B92" s="10"/>
       <c r="C92" s="3"/>
     </row>
-    <row r="93" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B93" s="11"/>
+    <row r="93" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A93" s="9"/>
+      <c r="B93" s="10"/>
       <c r="C93" s="3"/>
     </row>
-    <row r="94" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B94" s="11"/>
+    <row r="94" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A94" s="9"/>
+      <c r="B94" s="10"/>
       <c r="C94" s="3"/>
     </row>
-    <row r="95" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B95" s="11"/>
+    <row r="95" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A95" s="9"/>
+      <c r="B95" s="10"/>
       <c r="C95" s="3"/>
     </row>
-    <row r="96" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B96" s="11"/>
+    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A96" s="9"/>
+      <c r="B96" s="10"/>
       <c r="C96" s="3"/>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B97" s="11"/>
+    <row r="97" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A97" s="9"/>
+      <c r="B97" s="10"/>
       <c r="C97" s="3"/>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B98" s="11"/>
+    <row r="98" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A98" s="9"/>
+      <c r="B98" s="10"/>
       <c r="C98" s="3"/>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B99" s="11"/>
+    <row r="99" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A99" s="9"/>
+      <c r="B99" s="10"/>
       <c r="C99" s="3"/>
     </row>
-    <row r="100" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B100" s="11"/>
+    <row r="100" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A100" s="9"/>
+      <c r="B100" s="10"/>
       <c r="C100" s="3"/>
     </row>
-    <row r="101" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B101" s="13"/>
+    <row r="101" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A101" s="11"/>
+      <c r="B101" s="12"/>
       <c r="C101" s="3"/>
     </row>
-    <row r="102" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B102" s="11"/>
+    <row r="102" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A102" s="9"/>
+      <c r="B102" s="10"/>
       <c r="C102" s="3"/>
     </row>
-    <row r="103" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B103" s="11"/>
+    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A103" s="9"/>
+      <c r="B103" s="10"/>
       <c r="C103" s="3"/>
     </row>
-    <row r="104" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B104" s="11"/>
+    <row r="104" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A104" s="9"/>
+      <c r="B104" s="10"/>
       <c r="C104" s="3"/>
     </row>
-    <row r="105" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B105" s="11"/>
+    <row r="105" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A105" s="9"/>
+      <c r="B105" s="10"/>
       <c r="C105" s="3"/>
     </row>
-    <row r="106" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B106" s="11"/>
+    <row r="106" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A106" s="9"/>
+      <c r="B106" s="10"/>
       <c r="C106" s="3"/>
     </row>
-    <row r="107" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B107" s="11"/>
+    <row r="107" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A107" s="9"/>
+      <c r="B107" s="10"/>
       <c r="C107" s="3"/>
     </row>
-    <row r="108" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B108" s="13"/>
+    <row r="108" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A108" s="11"/>
+      <c r="B108" s="12"/>
       <c r="C108" s="3"/>
     </row>
-    <row r="109" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B109" s="11"/>
+    <row r="109" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A109" s="9"/>
+      <c r="B109" s="10"/>
       <c r="C109" s="3"/>
     </row>
-    <row r="110" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B110" s="11"/>
+    <row r="110" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A110" s="9"/>
+      <c r="B110" s="10"/>
       <c r="C110" s="3"/>
     </row>
-    <row r="111" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B111" s="11"/>
+    <row r="111" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A111" s="9"/>
+      <c r="B111" s="10"/>
       <c r="C111" s="3"/>
     </row>
-    <row r="112" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B112" s="11"/>
+    <row r="112" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A112" s="9"/>
+      <c r="B112" s="10"/>
       <c r="C112" s="3"/>
     </row>
-    <row r="113" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B113" s="13"/>
+    <row r="113" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A113" s="11"/>
+      <c r="B113" s="12"/>
       <c r="C113" s="3"/>
     </row>
-    <row r="114" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B114" s="11"/>
+    <row r="114" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A114" s="9"/>
+      <c r="B114" s="10"/>
       <c r="C114" s="3"/>
     </row>
-    <row r="115" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B115" s="11"/>
+    <row r="115" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A115" s="9"/>
+      <c r="B115" s="10"/>
       <c r="C115" s="3"/>
     </row>
-    <row r="116" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B116" s="11"/>
+    <row r="116" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A116" s="9"/>
+      <c r="B116" s="10"/>
       <c r="C116" s="3"/>
     </row>
-    <row r="117" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B117" s="11"/>
+    <row r="117" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A117" s="9"/>
+      <c r="B117" s="10"/>
       <c r="C117" s="3"/>
     </row>
-    <row r="118" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B118" s="11"/>
+    <row r="118" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A118" s="9"/>
+      <c r="B118" s="10"/>
       <c r="C118" s="3"/>
     </row>
-    <row r="119" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B119" s="11"/>
+    <row r="119" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A119" s="9"/>
+      <c r="B119" s="10"/>
       <c r="C119" s="3"/>
     </row>
-    <row r="120" spans="1:3" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B120" s="13"/>
+    <row r="120" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A120" s="11"/>
+      <c r="B120" s="12"/>
       <c r="C120" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>