--- v0 (2025-12-20)
+++ v1 (2026-02-19)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SMKD\SPSD\Regionala statistika\Reg stat CSB WEB\NUTS_2024_majaslapa\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SSD\!ApmainasFaili\Urban_Audit\Portals_stat_regioni\2025_dati\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7DDB49AF-B41E-4283-AA5C-A411251E941F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A4275E6B-D81A-423E-863D-8EB4CE23BC45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15150" yWindow="3720" windowWidth="21600" windowHeight="10995" xr2:uid="{7394F2CD-BBB2-448B-9644-3C3505273C99}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{7394F2CD-BBB2-448B-9644-3C3505273C99}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$C$1:$E$7</definedName>
   </definedNames>
   <calcPr calcId="171027"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="26">
   <si>
     <t>NUTS 3 statistiskā reģiona nosaukums</t>
   </si>
   <si>
     <t>LV003</t>
   </si>
   <si>
@@ -80,72 +80,72 @@
   <si>
     <t>Vidzeme</t>
   </si>
   <si>
     <t>LV009</t>
   </si>
   <si>
     <t>Zemgale</t>
   </si>
   <si>
     <t>LV001MC</t>
   </si>
   <si>
     <t>Metropoles reģions</t>
   </si>
   <si>
     <t>Nemetropoles reģions</t>
   </si>
   <si>
     <t>Metropoles reģiona kods</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t xml:space="preserve">Dalījums atbilstoši Metropoles tipoloģijai </t>
-[...1 lines deleted...]
-  <si>
     <t>NUTS 3 statistiskā reģiona kods spēkā līdz 31.12.2023.</t>
   </si>
   <si>
     <t>NUTS 3 statistiskā reģiona kods spēkā no 01.01.2024.</t>
   </si>
   <si>
     <t>LV00B</t>
   </si>
   <si>
     <t>LV00A</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>LV00C</t>
   </si>
   <si>
     <t>* ņemot vērā grozījumus Ministru kabineta rīkojumā nr. 911 "Par Latvijas Republikas statistiskajiem reģioniem un tajos ietilpstošajām administratīvajām vienībām", no 01.01.2024. NUTS 3. līmenī ietilpst 5 statistiskie reģioni. Pierīgas statistiskais reģions no 01.01.2024. nepastāv.</t>
+  </si>
+  <si>
+    <t>Dalījums atbilstoši Metropoles tipoloģijai (01.01.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
@@ -732,91 +732,91 @@
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
     <cellStyle name="Note 2" xfId="16" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
     <cellStyle name="Output 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
     <cellStyle name="Title 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
     <cellStyle name="Total 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
     <cellStyle name="Warning Text 2" xfId="15" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -878,51 +878,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1020,195 +1020,195 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D54DD2F-CE1E-46AE-865F-597EA4BACE7E}">
   <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B9" sqref="B9:E12"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" customWidth="1"/>
     <col min="4" max="4" width="33.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C1" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E1" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D5" s="8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E5" s="8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B11" s="9"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="1">