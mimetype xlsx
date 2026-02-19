--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ITD\DatuParvD\IevaKurme\statistiskie reģioni TVP\‪ievietošanai 022025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SSD\!ApmainasFaili\Urban_Audit\Portals_stat_regioni\2025_dati\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7DA1BF5-D25C-4FB8-9E49-C677AD8AB873}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D2A8AEDA-F3FE-4ACD-A2D8-FB131060C604}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{6D43389D-8FDF-4583-9B5D-43A072875EA6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{6D43389D-8FDF-4583-9B5D-43A072875EA6}"/>
   </bookViews>
   <sheets>
     <sheet name="NUTS 2024 " sheetId="4" r:id="rId1"/>
     <sheet name="NUTS līdz 31.12.2023" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="171027"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="22">
   <si>
     <t>LV003</t>
   </si>
   <si>
     <t>LV006</t>
   </si>
   <si>
     <t>LV007</t>
   </si>
   <si>
     <t>Kurzeme</t>
   </si>
   <si>
     <t>Rīga</t>
   </si>
   <si>
     <t>Pierīga</t>
   </si>
   <si>
     <t>Piekrastes reģions</t>
   </si>
   <si>
     <t>LV005</t>
   </si>
   <si>
@@ -88,50 +88,53 @@
     <t>Zemgale</t>
   </si>
   <si>
     <t>Reģions, kas nav piekrastes reģions</t>
   </si>
   <si>
     <t>Statistiskā reģiona nosaukums</t>
   </si>
   <si>
     <t>NUTS 3. līmeņa kods spēkā līdz 31.12.2023.</t>
   </si>
   <si>
     <t>NUTS 3. līmeņa kods spēkā no 01.01.2024</t>
   </si>
   <si>
     <t>Dalījums atbilstoši Piekrastes tipoloģijai</t>
   </si>
   <si>
     <t>LV00C</t>
   </si>
   <si>
     <t>LV00B</t>
   </si>
   <si>
     <t>LV00A</t>
+  </si>
+  <si>
+    <t>Dalījums atbilstoši Piekrastes tipoloģijai (01.01.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -306,51 +309,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{30CD5C28-6435-43BE-89F5-EF6A934E39D8}" name="Table4" displayName="Table4" ref="A1:C6" totalsRowShown="0">
   <autoFilter ref="A1:C6" xr:uid="{30CD5C28-6435-43BE-89F5-EF6A934E39D8}"/>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{852EF2CA-FB7E-448D-95EF-BDB3591694E6}" name="NUTS 3. līmeņa kods spēkā no 01.01.2024"/>
     <tableColumn id="2" xr3:uid="{224E8F90-225E-4E52-BE2D-CE81E1507DE0}" name="Statistiskā reģiona nosaukums"/>
-    <tableColumn id="3" xr3:uid="{9B94CDA7-C523-480F-A1C1-0EB83BCE3E62}" name="Dalījums atbilstoši Piekrastes tipoloģijai"/>
+    <tableColumn id="3" xr3:uid="{9B94CDA7-C523-480F-A1C1-0EB83BCE3E62}" name="Dalījums atbilstoši Piekrastes tipoloģijai (01.01.2025)"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{DAC938FC-F529-4AE3-90FB-1E242F66811E}" name="Table1" displayName="Table1" ref="A1:C7" totalsRowShown="0" headerRowDxfId="4" dataDxfId="3">
   <autoFilter ref="A1:C7" xr:uid="{DAC938FC-F529-4AE3-90FB-1E242F66811E}"/>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{2B557FD7-276B-4FBB-BDA2-0910BDFC1E92}" name="Statistiskā reģiona nosaukums" dataDxfId="2"/>
     <tableColumn id="2" xr3:uid="{E80F3E9B-53B9-43F0-B3DD-F00FB9E65580}" name="NUTS 3. līmeņa kods spēkā līdz 31.12.2023." dataDxfId="1"/>
     <tableColumn id="3" xr3:uid="{4A51265B-CF73-47E3-86E9-2B79A506BACA}" name="Dalījums atbilstoši Piekrastes tipoloģijai" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -632,217 +635,217 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13C81A40-E3F1-4479-984D-70E5E2B6D047}">
   <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A11" sqref="A11"/>
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.36328125" customWidth="1"/>
-    <col min="2" max="2" width="28.26953125" customWidth="1"/>
+    <col min="1" max="1" width="37.42578125" customWidth="1"/>
+    <col min="2" max="2" width="28.28515625" customWidth="1"/>
     <col min="3" max="3" width="36" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>16</v>
       </c>
       <c r="B1" t="s">
         <v>14</v>
       </c>
       <c r="C1" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4631C2F-D10B-48B4-8D77-A6FC7A6D9998}">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.26953125" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="8.7265625" style="2"/>
+    <col min="1" max="1" width="29.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="39.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="43.85546875" style="2" customWidth="1"/>
+    <col min="4" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">